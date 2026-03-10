--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -137,51 +137,51 @@
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>Biuro Geodezji i Katastru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Urzędu m.st. Warszawy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCDD455" w14:textId="77777777" w:rsidR="005F4506" w:rsidRPr="00BF41C3" w:rsidRDefault="005F4506" w:rsidP="005F4506">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r>
         <w:t>Wniosek o wydanie zaświadczenia o numerze porządkowym</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6890121C" w14:textId="29ED16FF" w:rsidR="007B5675" w:rsidRPr="00AD033A" w:rsidRDefault="005841DC" w:rsidP="00AD033A">
+    <w:p w14:paraId="6890121C" w14:textId="16CE4418" w:rsidR="007B5675" w:rsidRPr="00AD033A" w:rsidRDefault="005841DC" w:rsidP="00AD033A">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD033A">
         <w:t>Dane w</w:t>
       </w:r>
       <w:r w:rsidR="00E55E0A">
         <w:t>nioskodawcy</w:t>
       </w:r>
       <w:r w:rsidR="00BF41C3">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A13A153" w14:textId="7839E16E" w:rsidR="007B5675" w:rsidRPr="00B73BA0" w:rsidRDefault="007B5675" w:rsidP="00CF2B06">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9070"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B73BA0">
         <w:rPr>
@@ -561,140 +561,138 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B0A186" w14:textId="23E4B021" w:rsidR="00D161FE" w:rsidRDefault="00D161FE" w:rsidP="002F56BE">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Do wniosku załączam</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD033A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F657482" w14:textId="78A87C5B" w:rsidR="00701147" w:rsidRDefault="00BB5673" w:rsidP="00D9350E">
+    <w:p w14:paraId="0F657482" w14:textId="78A87C5B" w:rsidR="00701147" w:rsidRDefault="00000000" w:rsidP="00D9350E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri"/>
           </w:rPr>
           <w:alias w:val="Opłata za zaświadczenie"/>
           <w:tag w:val="Pełnomocnictwo"/>
           <w:id w:val="-1486235533"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A517C9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00701147" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00701147">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00701147" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">otwierdzenie opłaty skarbowej za wydanie zaświadczenia </w:t>
       </w:r>
       <w:r w:rsidR="00701147" w:rsidRPr="0035501C">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00701147" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>17 zł</w:t>
       </w:r>
       <w:r w:rsidR="00701147">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E473A64" w14:textId="50E6B23B" w:rsidR="001209B1" w:rsidRDefault="00BB5673" w:rsidP="00D9350E">
+    <w:p w14:paraId="3E473A64" w14:textId="50E6B23B" w:rsidR="001209B1" w:rsidRDefault="00000000" w:rsidP="00D9350E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri"/>
           </w:rPr>
           <w:alias w:val="Pełnomocnictwo"/>
           <w:tag w:val="Pełnomocnictwo"/>
           <w:id w:val="-57327083"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A517C9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001209B1" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00136B19">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="001209B1" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -733,129 +731,127 @@
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="001209B1" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ełnomocnictwo musi zawierać prawidłowo określony zakres umocowania, podpisy, a także dane</w:t>
       </w:r>
       <w:r w:rsidR="001209B1" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> mocodawcy oraz osoby, której udzielono pełnomocnictwa</w:t>
       </w:r>
       <w:r w:rsidR="00D479BA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011755D9" w14:textId="64EF5CB1" w:rsidR="00701147" w:rsidRDefault="00BB5673" w:rsidP="00D9350E">
+    <w:p w14:paraId="011755D9" w14:textId="64EF5CB1" w:rsidR="00701147" w:rsidRDefault="00000000" w:rsidP="00D9350E">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:alias w:val="Potwierdzenie opłaty skarbowej za pełnomocnictwo "/>
           <w:tag w:val="potwierdzenie opłaty skarbowej za pełnomocnictwo "/>
           <w:id w:val="690504017"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A517C9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00701147">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> potwierdzenie opłaty skarbowej za</w:t>
       </w:r>
       <w:r w:rsidR="00701147" w:rsidRPr="00612DB8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00701147">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00701147" w:rsidRPr="00B94F74">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>ełnomocnictwo – 17 zł</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4E41B7" w14:textId="4CA38F38" w:rsidR="00A27DB0" w:rsidRPr="00C05A76" w:rsidRDefault="00BB5673" w:rsidP="00D9350E">
+    <w:p w14:paraId="7E4E41B7" w14:textId="4CA38F38" w:rsidR="00A27DB0" w:rsidRPr="00C05A76" w:rsidRDefault="00000000" w:rsidP="00D9350E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8931"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="284" w:right="1" w:hanging="284"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri"/>
           </w:rPr>
           <w:alias w:val="Pełnomocnictwo"/>
           <w:tag w:val="Pełnomocnictwo"/>
           <w:id w:val="-707951551"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A27DB0" w:rsidRPr="00A27DB0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A27DB0" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00136B19">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00A27DB0" w:rsidRPr="00A27DB0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -895,335 +891,251 @@
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="005841DC">
         <w:t>hcę odebrać w:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509D3BE7" w14:textId="49F23BFA" w:rsidR="00D479BA" w:rsidRDefault="003F447B" w:rsidP="0076380E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:t>formie</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD033A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D479BA" w:rsidRPr="00AD033A">
         <w:t>papierowej:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795709DE" w14:textId="070639A3" w:rsidR="00A708D4" w:rsidRPr="00AD033A" w:rsidRDefault="00BB5673" w:rsidP="0076380E">
+    <w:p w14:paraId="795709DE" w14:textId="070639A3" w:rsidR="00A708D4" w:rsidRPr="00AD033A" w:rsidRDefault="00000000" w:rsidP="0076380E">
       <w:pPr>
         <w:ind w:left="709" w:hanging="283"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="pocztą na adres "/>
           <w:tag w:val="pocztą na adres "/>
           <w:id w:val="751400794"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A708D4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A708D4" w:rsidRPr="00B73BA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A708D4">
         <w:t xml:space="preserve">pocztą </w:t>
       </w:r>
       <w:r w:rsidR="00A708D4" w:rsidRPr="00B73BA0">
         <w:t xml:space="preserve">na adres </w:t>
       </w:r>
       <w:r w:rsidR="00986395">
         <w:t xml:space="preserve">do korespondencji </w:t>
       </w:r>
       <w:r w:rsidR="00A708D4" w:rsidRPr="00B73BA0">
         <w:t xml:space="preserve">podany </w:t>
       </w:r>
       <w:r w:rsidR="00986395">
         <w:t>we</w:t>
       </w:r>
       <w:r w:rsidR="00A708D4" w:rsidRPr="00B73BA0">
         <w:t xml:space="preserve"> wniosku</w:t>
       </w:r>
       <w:r w:rsidR="00A708D4">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0FE1AA" w14:textId="77777777" w:rsidR="00D479BA" w:rsidRDefault="00BB5673" w:rsidP="0076380E">
+    <w:p w14:paraId="3B0FE1AA" w14:textId="77777777" w:rsidR="00D479BA" w:rsidRDefault="00000000" w:rsidP="0076380E">
       <w:pPr>
         <w:ind w:left="709" w:hanging="283"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="osobiście w Biurze Geodezji i Katastru"/>
           <w:tag w:val="osobiście w Biurze Geodezji i Katastru"/>
           <w:id w:val="662891689"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D479BA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D479BA" w:rsidRPr="00B73BA0">
         <w:t xml:space="preserve"> osobi</w:t>
       </w:r>
       <w:r w:rsidR="00D479BA">
         <w:t>ście</w:t>
       </w:r>
       <w:r w:rsidR="00D479BA" w:rsidRPr="00B73BA0">
         <w:t xml:space="preserve"> w </w:t>
       </w:r>
       <w:r w:rsidR="00D479BA">
         <w:t>Biurze Geodezji i Katastru,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699D3F96" w14:textId="4C40B4C4" w:rsidR="00D479BA" w:rsidRPr="00D479BA" w:rsidRDefault="00BB5673" w:rsidP="0076380E">
+    <w:p w14:paraId="699D3F96" w14:textId="4C40B4C4" w:rsidR="00D479BA" w:rsidRPr="00D479BA" w:rsidRDefault="00000000" w:rsidP="0076380E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8930"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="osobiście w Wydziałe Obsługi Mieszkańców"/>
           <w:tag w:val="osobiście w Wydziałe Obsługi Mieszkańców"/>
           <w:id w:val="528305756"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D479BA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D479BA" w:rsidRPr="00B73BA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D479BA">
         <w:t xml:space="preserve">osobiście w </w:t>
       </w:r>
       <w:r w:rsidR="00986395">
         <w:t xml:space="preserve">wydziale obsługi mieszkańców </w:t>
       </w:r>
       <w:r w:rsidR="00D479BA">
         <w:t>dla dzielnicy</w:t>
       </w:r>
       <w:r w:rsidR="002F56BE">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D479BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D479BA">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F0DDF7" w14:textId="0DB44279" w:rsidR="004D23C0" w:rsidRDefault="00986395" w:rsidP="0076380E">
+    <w:p w14:paraId="2EB41D09" w14:textId="2FBB86C1" w:rsidR="004D23C0" w:rsidRDefault="00986395" w:rsidP="005C4347">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:t>formie</w:t>
       </w:r>
       <w:r w:rsidRPr="00B73BA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D12629" w:rsidRPr="00B73BA0">
         <w:t>elektronicznej</w:t>
       </w:r>
-      <w:r w:rsidR="004D23C0">
-[...31 lines deleted...]
-      <w:r w:rsidR="004D23C0" w:rsidRPr="00B73BA0">
+      <w:r w:rsidR="005C4347">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E540C">
         <w:t>na adres do doręczeń elektronicznych (ADE) w systemie e-Doręczeń</w:t>
       </w:r>
       <w:r w:rsidR="002F56BE">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="005F285E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F285E">
-[...48 lines deleted...]
-      <w:r w:rsidR="00AA6DFF">
+      <w:r w:rsidR="005F285E" w:rsidRPr="005C4347">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3A77B3" w14:textId="77777777" w:rsidR="00E833AC" w:rsidRPr="00B73BA0" w:rsidRDefault="004173F1" w:rsidP="006C57A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8930"/>
         </w:tabs>
         <w:spacing w:before="600" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3544"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B73BA0">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600EF8B9" w14:textId="412BA9A1" w:rsidR="00E833AC" w:rsidRDefault="00E833AC" w:rsidP="00E55E0A">
+    <w:p w14:paraId="600EF8B9" w14:textId="72CD7ECF" w:rsidR="00E833AC" w:rsidRDefault="00E833AC" w:rsidP="00E55E0A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="4253"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E833AC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00AD033A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">podpis </w:t>
       </w:r>
       <w:r w:rsidR="00E55E0A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>wnioskodawcy</w:t>
       </w:r>
@@ -1320,51 +1232,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>, który dotyczy przetwarzania danych osobowych na podstawie dobrowolnej zgody.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B8E1D4" w14:textId="77777777" w:rsidR="00AD033A" w:rsidRPr="00DE49B1" w:rsidRDefault="00AD033A" w:rsidP="006C57A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8930"/>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3544"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE49B1">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E736F8" w14:textId="7E99D866" w:rsidR="00E833AC" w:rsidRDefault="00AD033A" w:rsidP="00E55E0A">
+    <w:p w14:paraId="19E736F8" w14:textId="23654C2F" w:rsidR="00E833AC" w:rsidRDefault="00AD033A" w:rsidP="00E55E0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="4253"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E833AC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">podpis </w:t>
       </w:r>
       <w:r w:rsidR="00E55E0A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1390,93 +1302,93 @@
         <w:t xml:space="preserve"> pełnomocnika</w:t>
       </w:r>
       <w:r w:rsidR="004904AB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E833AC" w:rsidSect="00492591">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="1418" w:bottom="720" w:left="1418" w:header="0" w:footer="1020" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BBDBC72" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801" w:rsidP="007B5675">
+    <w:p w14:paraId="51699BED" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173" w:rsidP="007B5675">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F33F12" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801"/>
+    <w:p w14:paraId="5B8FA764" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52132868" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801" w:rsidP="007B5675">
+    <w:p w14:paraId="2305E968" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173" w:rsidP="007B5675">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44020615" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801"/>
+    <w:p w14:paraId="34D7ED49" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2CE7309D" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801">
+    <w:p w14:paraId="31EFF81E" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1508,252 +1420,260 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1454987717"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1864010970"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="7709213F" w14:textId="56D76D9A" w:rsidR="00D83C00" w:rsidRDefault="00D83C00">
             <w:pPr>
               <w:pStyle w:val="Stopka"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A80E82">
+            <w:r w:rsidR="00B02D95">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00256B82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A80E82">
+            <w:r w:rsidR="00B02D95">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1993480033"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="5444840B" w14:textId="46B1DFE7" w:rsidR="002C7A3F" w:rsidRDefault="00256B82" w:rsidP="00492591">
+          <w:p w14:paraId="5444840B" w14:textId="44E2DDDF" w:rsidR="002C7A3F" w:rsidRDefault="00256B82" w:rsidP="00492591">
             <w:pPr>
               <w:pStyle w:val="Stopka"/>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Wersja </w:t>
             </w:r>
-            <w:r w:rsidR="00A53631">
-              <w:t>2</w:t>
+            <w:r w:rsidR="008E2599">
+              <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00D005D9">
-              <w:t>.0</w:t>
+            <w:r w:rsidR="005C2D42">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2599">
+              <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> z </w:t>
             </w:r>
-            <w:r w:rsidR="00A53631">
-              <w:t>30</w:t>
+            <w:r w:rsidR="00BE572E">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B02D95">
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="00A53631">
-              <w:t>9</w:t>
+            <w:r w:rsidR="00B02D95">
+              <w:t>2</w:t>
             </w:r>
             <w:r>
-              <w:t>.2025 r.</w:t>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B02D95">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> r.</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="074BB1EF" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801" w:rsidP="00BF41C3">
+    <w:p w14:paraId="7A42A6E6" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173" w:rsidP="00BF41C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AC74481" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801" w:rsidP="007B5675">
+    <w:p w14:paraId="11E66CD1" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173" w:rsidP="007B5675">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299BF7FC" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801"/>
+    <w:p w14:paraId="4FE95A34" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1601E927" w14:textId="77777777" w:rsidR="009D1801" w:rsidRDefault="009D1801">
+    <w:p w14:paraId="2D25DB8E" w14:textId="77777777" w:rsidR="00DB5173" w:rsidRDefault="00DB5173">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="2AFD270A" w14:textId="3ACD5D6F" w:rsidR="007B5675" w:rsidRPr="00B73BA0" w:rsidRDefault="007B5675" w:rsidP="00B73BA0">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B73BA0">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B73BA0">
@@ -1984,279 +1904,280 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2029134126">
+  <w:num w:numId="1" w16cid:durableId="241305011">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1212959875">
+  <w:num w:numId="2" w16cid:durableId="808287035">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B5675"/>
     <w:rsid w:val="00012428"/>
     <w:rsid w:val="00020D19"/>
     <w:rsid w:val="000A18B1"/>
     <w:rsid w:val="000B482A"/>
     <w:rsid w:val="000D6993"/>
+    <w:rsid w:val="00104EEE"/>
     <w:rsid w:val="00106C9F"/>
     <w:rsid w:val="001209B1"/>
     <w:rsid w:val="00136B19"/>
     <w:rsid w:val="001536B8"/>
     <w:rsid w:val="00156219"/>
     <w:rsid w:val="0015679B"/>
     <w:rsid w:val="00167377"/>
     <w:rsid w:val="00185B6E"/>
     <w:rsid w:val="001A1AC5"/>
     <w:rsid w:val="001A50AF"/>
     <w:rsid w:val="001A7E47"/>
     <w:rsid w:val="001C7BF6"/>
     <w:rsid w:val="001D3001"/>
     <w:rsid w:val="001D3021"/>
     <w:rsid w:val="0023653D"/>
     <w:rsid w:val="002427B8"/>
     <w:rsid w:val="00247BBB"/>
     <w:rsid w:val="00256B82"/>
     <w:rsid w:val="00274C66"/>
-    <w:rsid w:val="00276BB8"/>
     <w:rsid w:val="002C7A3F"/>
     <w:rsid w:val="002F56BE"/>
     <w:rsid w:val="00340F99"/>
     <w:rsid w:val="0034403C"/>
     <w:rsid w:val="0038074C"/>
     <w:rsid w:val="0038581A"/>
     <w:rsid w:val="003C39B2"/>
     <w:rsid w:val="003C4A9B"/>
     <w:rsid w:val="003C7F9D"/>
     <w:rsid w:val="003F447B"/>
     <w:rsid w:val="00413A17"/>
     <w:rsid w:val="0041652F"/>
     <w:rsid w:val="004173F1"/>
     <w:rsid w:val="004215C4"/>
     <w:rsid w:val="00454D81"/>
     <w:rsid w:val="0046217E"/>
-    <w:rsid w:val="0048059D"/>
     <w:rsid w:val="004904AB"/>
     <w:rsid w:val="00492591"/>
     <w:rsid w:val="004D1640"/>
     <w:rsid w:val="004D23C0"/>
     <w:rsid w:val="004F5AAD"/>
     <w:rsid w:val="00506208"/>
     <w:rsid w:val="00527203"/>
     <w:rsid w:val="00530BAC"/>
     <w:rsid w:val="00535825"/>
     <w:rsid w:val="00540CF1"/>
     <w:rsid w:val="0057540A"/>
     <w:rsid w:val="005841DC"/>
     <w:rsid w:val="005A044A"/>
+    <w:rsid w:val="005C2D42"/>
     <w:rsid w:val="005C3EE9"/>
+    <w:rsid w:val="005C4347"/>
     <w:rsid w:val="005F285E"/>
     <w:rsid w:val="005F4506"/>
     <w:rsid w:val="00635EDB"/>
     <w:rsid w:val="0064617E"/>
     <w:rsid w:val="0065558E"/>
     <w:rsid w:val="006B4571"/>
     <w:rsid w:val="006C57A2"/>
     <w:rsid w:val="006E540C"/>
     <w:rsid w:val="00701147"/>
     <w:rsid w:val="007103E0"/>
     <w:rsid w:val="00730FFB"/>
     <w:rsid w:val="00732277"/>
     <w:rsid w:val="00732F06"/>
     <w:rsid w:val="00757FB7"/>
     <w:rsid w:val="00761015"/>
     <w:rsid w:val="0076330B"/>
     <w:rsid w:val="0076380E"/>
     <w:rsid w:val="00791175"/>
     <w:rsid w:val="007A5C54"/>
     <w:rsid w:val="007B5675"/>
     <w:rsid w:val="007F504D"/>
     <w:rsid w:val="007F7663"/>
     <w:rsid w:val="00802324"/>
     <w:rsid w:val="00846516"/>
+    <w:rsid w:val="00864736"/>
     <w:rsid w:val="008854E6"/>
     <w:rsid w:val="008A5DF7"/>
+    <w:rsid w:val="008B6A82"/>
     <w:rsid w:val="008C0253"/>
     <w:rsid w:val="008C4BA9"/>
+    <w:rsid w:val="008E2599"/>
     <w:rsid w:val="009430D8"/>
     <w:rsid w:val="009500A7"/>
     <w:rsid w:val="009726C2"/>
     <w:rsid w:val="00986395"/>
     <w:rsid w:val="009A1141"/>
-    <w:rsid w:val="009D1801"/>
     <w:rsid w:val="00A27DB0"/>
     <w:rsid w:val="00A43582"/>
     <w:rsid w:val="00A435D1"/>
     <w:rsid w:val="00A517C9"/>
-    <w:rsid w:val="00A53631"/>
     <w:rsid w:val="00A62ECE"/>
     <w:rsid w:val="00A64823"/>
     <w:rsid w:val="00A708D4"/>
-    <w:rsid w:val="00A80E82"/>
     <w:rsid w:val="00A97861"/>
     <w:rsid w:val="00AA6DFF"/>
     <w:rsid w:val="00AA7052"/>
-    <w:rsid w:val="00AC4EEC"/>
     <w:rsid w:val="00AD033A"/>
     <w:rsid w:val="00AD6317"/>
+    <w:rsid w:val="00B02D95"/>
     <w:rsid w:val="00B13056"/>
     <w:rsid w:val="00B20498"/>
     <w:rsid w:val="00B268E2"/>
     <w:rsid w:val="00B365DB"/>
     <w:rsid w:val="00B36CA4"/>
     <w:rsid w:val="00B656C5"/>
     <w:rsid w:val="00B73BA0"/>
     <w:rsid w:val="00B75AC2"/>
     <w:rsid w:val="00BA5EBC"/>
     <w:rsid w:val="00BB3696"/>
-    <w:rsid w:val="00BB5673"/>
     <w:rsid w:val="00BC546C"/>
     <w:rsid w:val="00BE572E"/>
     <w:rsid w:val="00BF41C3"/>
     <w:rsid w:val="00C05A76"/>
     <w:rsid w:val="00C24396"/>
-    <w:rsid w:val="00C30C13"/>
     <w:rsid w:val="00C534AC"/>
     <w:rsid w:val="00C63534"/>
     <w:rsid w:val="00C97D09"/>
     <w:rsid w:val="00CA0F2A"/>
     <w:rsid w:val="00CB6930"/>
     <w:rsid w:val="00CC3504"/>
     <w:rsid w:val="00CC7DAD"/>
     <w:rsid w:val="00CF1D2A"/>
     <w:rsid w:val="00CF2B06"/>
     <w:rsid w:val="00D005D9"/>
     <w:rsid w:val="00D12629"/>
     <w:rsid w:val="00D161FE"/>
     <w:rsid w:val="00D479BA"/>
     <w:rsid w:val="00D71BB7"/>
     <w:rsid w:val="00D83C00"/>
     <w:rsid w:val="00D918CF"/>
     <w:rsid w:val="00D9350E"/>
     <w:rsid w:val="00DA3EA7"/>
+    <w:rsid w:val="00DB5173"/>
     <w:rsid w:val="00DC640B"/>
     <w:rsid w:val="00DF7195"/>
     <w:rsid w:val="00E00D86"/>
     <w:rsid w:val="00E026A8"/>
     <w:rsid w:val="00E03EF6"/>
     <w:rsid w:val="00E0424E"/>
     <w:rsid w:val="00E22AB2"/>
     <w:rsid w:val="00E325A6"/>
     <w:rsid w:val="00E50078"/>
     <w:rsid w:val="00E55E0A"/>
     <w:rsid w:val="00E833AC"/>
     <w:rsid w:val="00E927EC"/>
     <w:rsid w:val="00E955FB"/>
     <w:rsid w:val="00EA7380"/>
     <w:rsid w:val="00EB6193"/>
     <w:rsid w:val="00EC4BCC"/>
     <w:rsid w:val="00F74B27"/>
     <w:rsid w:val="00F94E3E"/>
     <w:rsid w:val="00FA21BB"/>
     <w:rsid w:val="00FA39A9"/>
     <w:rsid w:val="00FA5141"/>
     <w:rsid w:val="00FB341A"/>
     <w:rsid w:val="00FC0C68"/>
     <w:rsid w:val="00FC7158"/>
+    <w:rsid w:val="00FD0045"/>
     <w:rsid w:val="00FD2468"/>
     <w:rsid w:val="00FD3B4A"/>
     <w:rsid w:val="00FE2CFE"/>
     <w:rsid w:val="00FF0B67"/>
     <w:rsid w:val="00FF2BD5"/>
     <w:rsid w:val="00FF311D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="59A3DB83"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{94C7F4A2-5016-435E-8642-EE4B1BD61FF3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -3283,78 +3204,88 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="7148c80e-3b8a-452c-89f1-51b111b34f15">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a76367e0-8fac-413a-8694-6f435ae6d372">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7148c80e-3b8a-452c-89f1-51b111b34f15" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="a76367e0-8fac-413a-8694-6f435ae6d372" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101000DC5B12C3635A64F8C8F1F27BDAF7A13" ma:contentTypeVersion="21" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="9a7213aba4bceb3c7d1d4218f90b2ec5">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a76367e0-8fac-413a-8694-6f435ae6d372" xmlns:ns3="7148c80e-3b8a-452c-89f1-51b111b34f15" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2ab9d189d74a3d6e7b7c1584766d369d" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101000DC5B12C3635A64F8C8F1F27BDAF7A13" ma:contentTypeVersion="22" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="363eb2609b13bb11c21a68438c565223">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a76367e0-8fac-413a-8694-6f435ae6d372" xmlns:ns3="7148c80e-3b8a-452c-89f1-51b111b34f15" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5745b19989a7ba9c90fb41d9d8bdfe78" ns2:_="" ns3:_="">
     <xsd:import namespace="a76367e0-8fac-413a-8694-6f435ae6d372"/>
     <xsd:import namespace="7148c80e-3b8a-452c-89f1-51b111b34f15"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a76367e0-8fac-413a-8694-6f435ae6d372" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3400,50 +3331,55 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="23b0274c-d3f5-4e1f-9cd8-bcb4f6f36670" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_Flow_SignoffStatus" ma:index="26" nillable="true" ma:displayName="Stan zatwierdzenia" ma:internalName="Stan_x0020_zatwierdzenia">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7148c80e-3b8a-452c-89f1-51b111b34f15" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3543,136 +3479,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5AC4983-1471-4EF5-98EA-C52BB648B655}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B537C915-5F05-4CD1-8CDC-0838448DD0DA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{091E781C-9340-4645-866E-9FEBE6835049}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="2680cdd4-48f3-454d-9b65-ffd1076fcc78"/>
     <ds:schemaRef ds:uri="7148c80e-3b8a-452c-89f1-51b111b34f15"/>
     <ds:schemaRef ds:uri="a76367e0-8fac-413a-8694-6f435ae6d372"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1CDE32A-4EB7-40E5-94C8-EDEC2B81C908}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1949672B-A451-4DB1-A392-14DD469ABA79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51BDE775-44D4-492B-A5A6-61F1D4260CA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a76367e0-8fac-413a-8694-6f435ae6d372"/>
     <ds:schemaRef ds:uri="7148c80e-3b8a-452c-89f1-51b111b34f15"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>257</Words>
-  <Characters>1547</Characters>
+  <Words>252</Words>
+  <Characters>1517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Wniosek o wydanie zaświadczenia o numerze porządkowym</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1801</CharactersWithSpaces>
+  <CharactersWithSpaces>1766</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wniosek o wydanie zaświadczenia o numerze porządkowym</dc:title>
   <dc:subject/>
   <dc:creator>Pajewska Agnieszka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000DC5B12C3635A64F8C8F1F27BDAF7A13</vt:lpwstr>