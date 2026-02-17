--- v0 (2026-01-28)
+++ v1 (2026-02-17)
@@ -865,51 +865,51 @@
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>Potwierdzam, że j</w:t>
       </w:r>
       <w:r w:rsidR="00EA761D" w:rsidRPr="008C3D87">
         <w:t xml:space="preserve">estem </w:t>
       </w:r>
       <w:r w:rsidR="00EA761D" w:rsidRPr="009B01F6">
         <w:t>osobą uprawnioną</w:t>
       </w:r>
       <w:r w:rsidR="00EA761D" w:rsidRPr="008C3D87">
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:r w:rsidR="00EA761D">
         <w:t xml:space="preserve">wnioskowania o transkrypcję aktu </w:t>
       </w:r>
       <w:r w:rsidR="00157E7A">
         <w:t xml:space="preserve">zgonu </w:t>
       </w:r>
       <w:r w:rsidR="00EA761D" w:rsidRPr="008C3D87">
         <w:t>i występuję jako:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51759A73" w14:textId="50412B3B" w:rsidR="00EA761D" w:rsidRDefault="004E6E72" w:rsidP="00EA761D">
+    <w:p w14:paraId="51759A73" w14:textId="50412B3B" w:rsidR="00EA761D" w:rsidRDefault="00513E74" w:rsidP="00EA761D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="osoba, która wykaże interes faktyczny"/>
           <w:id w:val="-872914661"/>
           <w:lock w:val="sdtLocked"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -925,51 +925,51 @@
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003830BF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003830BF" w:rsidRPr="003830BF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>osoba, która wykaże interes faktyczny</w:t>
       </w:r>
       <w:r w:rsidR="00EA761D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51759A74" w14:textId="7A144092" w:rsidR="00EA761D" w:rsidRPr="007D0D0A" w:rsidRDefault="004E6E72" w:rsidP="00662E48">
+    <w:p w14:paraId="51759A74" w14:textId="7A144092" w:rsidR="00EA761D" w:rsidRPr="007D0D0A" w:rsidRDefault="00513E74" w:rsidP="00662E48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="osoba, która wykaże interes prawny"/>
           <w:tag w:val="osoba, która wykaże interes prawny"/>
           <w:id w:val="-1373149678"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -986,79 +986,80 @@
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EA761D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> osoba, która wykaże interes prawny.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574117A7" w14:textId="1EE3551C" w:rsidR="00997B18" w:rsidRPr="004E0A5F" w:rsidRDefault="00997B18" w:rsidP="00662E48">
       <w:pPr>
         <w:spacing w:after="720"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[!] Dane do aktu zostaną wpisane zgodnie z załączonym tłumaczeniem dokumentu zagranicznego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438E3865" w14:textId="0CF50661" w:rsidR="00D130E2" w:rsidRDefault="00EB4BE4" w:rsidP="00D130E2">
+    <w:p w14:paraId="438E3865" w14:textId="0CF50661" w:rsidR="00D130E2" w:rsidRDefault="00EB4BE4" w:rsidP="00EE7E46">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:after="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CB66562" wp14:editId="3265C0C5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CB66562" wp14:editId="11B980C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-112928</wp:posOffset>
+                  <wp:posOffset>-163601</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>258750</wp:posOffset>
+                  <wp:posOffset>419379</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6319393" cy="1521561"/>
                 <wp:effectExtent l="0" t="0" r="24765" b="21590"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1102553386" name="Prostokąt 4">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns="" val="1"/>
+                      <adec:decorative xmlns="" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6319393" cy="1521561"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:schemeClr val="accent1"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
@@ -1074,53 +1075,53 @@
                         <a:effectRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="accent1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:rect w14:anchorId="156FDD04" id="Prostokąt 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-8.9pt;margin-top:20.35pt;width:497.6pt;height:119.8pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTNDvZsQIAAO4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjpOm24J6hRBuw4D&#10;ijZYO/SZkaVYgCxqknLb14+SnaTrNmAd9iJT5kXkIQ8vLretYWvpg0Zb8fJkwJm0AmttlxX/+njz&#10;7gNnIYKtwaCVFd/JwC+nb99cbNxEDrFBU0vPKIgNk42reBOjmxRFEI1sIZygk5aUCn0Lka5+WdQe&#10;NhS9NcVwMDgvNuhr51HIEOjvdafk0xxfKSnivVJBRmYqTrnFfPp8LtJZTC9gsvTgGi36NOAfsmhB&#10;W3r0EOoaIrCV17+EarXwGFDFE4FtgUppIXMNVE05eFHNQwNO5loInOAOMIX/F1bcrR/c3BMMGxcm&#10;gcRUxVb5Nn0pP7bNYO0OYMltZIJ+np+W49PxKWeCdOVoWI7OywRncXR3PsRPEluWhIp76kYGCda3&#10;IXame5P0msUbbUzuiLFsU/HxaDii+EBzoQxEEltXVzzYJWdgljRwIvocMaDRdfJOcfLwyCvj2Rqo&#10;7SCEtHGf20+W6fVrCE1nmFXdRHhc2Tpn0kioP9qaxZ2j8bU0xDyl1sqaMyMphSRlywja/I0lAWQs&#10;4XQEPEtxZ2TK3tgvUjFdZ9y7cvxykarpxpZ4RYO8H94cjBySoaL6X+nbuyRvmdnySv+DU34fbTz4&#10;t9pi35vE5T+1Q3U+ezg6EBIeC6x3c6oZO8oGJ240desWQpyDJ44SCLR34j0dyiC1BHuJswb999/9&#10;T/ZEHdJSD4nzNErfVuCpo+azJVKNy7OztCTy5Wz0fkgX/1yzeK6xq/YKab5K2nBOZDHZR7MXlcf2&#10;idbTLL1KKrCC3u6Gtr9cxa6ptOCEnM2yGS0GB/HWPjiRgidk05w+bp/Au55KkVh4h/v9AJMXjOps&#10;k6fF2Sqi0pluR1x7vGmpZML2CzBtref3bHVc09MfAAAA//8DAFBLAwQUAAYACAAAACEAKlUr1eAA&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fq7ISJtyKYqSByQyoG26tmN&#10;lyQQr6PYTcPfY07lOJrRzJtiPdlOjDT41jHCYq5AEFfOtFwjHPavsyUIHzQb3TkmhB/ysC5vbwqd&#10;G3fhDxp3oRaxhH2uEZoQ+lxKXzVktZ+7njh6n26wOkQ51NIM+hLLbScTpR6l1S3HhUb39NJQ9b07&#10;W4RweB6PbxmlX9v9+L45mmS15QTx/m7aPIEINIVrGP7wIzqUkenkzmy86BBmiyyiB4RUZSBiYJVl&#10;KYgTQrJUDyDLQv6/UP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0zQ72bECAADuBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKlUr1eAAAAAK&#10;AQAADwAAAAAAAAAAAAAAAAALBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABgGAAAA&#10;AA==&#10;" filled="f" strokecolor="#5b9bd5 [3204]">
+              <v:rect w14:anchorId="3112C2BF" id="Prostokąt 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-12.9pt;margin-top:33pt;width:497.6pt;height:119.8pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTNDvZsQIAAO4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjpOm24J6hRBuw4D&#10;ijZYO/SZkaVYgCxqknLb14+SnaTrNmAd9iJT5kXkIQ8vLretYWvpg0Zb8fJkwJm0AmttlxX/+njz&#10;7gNnIYKtwaCVFd/JwC+nb99cbNxEDrFBU0vPKIgNk42reBOjmxRFEI1sIZygk5aUCn0Lka5+WdQe&#10;NhS9NcVwMDgvNuhr51HIEOjvdafk0xxfKSnivVJBRmYqTrnFfPp8LtJZTC9gsvTgGi36NOAfsmhB&#10;W3r0EOoaIrCV17+EarXwGFDFE4FtgUppIXMNVE05eFHNQwNO5loInOAOMIX/F1bcrR/c3BMMGxcm&#10;gcRUxVb5Nn0pP7bNYO0OYMltZIJ+np+W49PxKWeCdOVoWI7OywRncXR3PsRPEluWhIp76kYGCda3&#10;IXame5P0msUbbUzuiLFsU/HxaDii+EBzoQxEEltXVzzYJWdgljRwIvocMaDRdfJOcfLwyCvj2Rqo&#10;7SCEtHGf20+W6fVrCE1nmFXdRHhc2Tpn0kioP9qaxZ2j8bU0xDyl1sqaMyMphSRlywja/I0lAWQs&#10;4XQEPEtxZ2TK3tgvUjFdZ9y7cvxykarpxpZ4RYO8H94cjBySoaL6X+nbuyRvmdnySv+DU34fbTz4&#10;t9pi35vE5T+1Q3U+ezg6EBIeC6x3c6oZO8oGJ240desWQpyDJ44SCLR34j0dyiC1BHuJswb999/9&#10;T/ZEHdJSD4nzNErfVuCpo+azJVKNy7OztCTy5Wz0fkgX/1yzeK6xq/YKab5K2nBOZDHZR7MXlcf2&#10;idbTLL1KKrCC3u6Gtr9cxa6ptOCEnM2yGS0GB/HWPjiRgidk05w+bp/Au55KkVh4h/v9AJMXjOps&#10;k6fF2Sqi0pluR1x7vGmpZML2CzBtref3bHVc09MfAAAA//8DAFBLAwQUAAYACAAAACEAwMfEh+AA&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqH0BoSsqkKEgek9kBb9ezG&#10;SxKI11HspuHvMSc4jmY086ZYTbYTIw2+dYxwN09AEFfOtFwjHPavs0cQPmg2unNMCN/kYVVeXxU6&#10;N+7C7zTuQi1iCftcIzQh9LmUvmrIaj93PXH0PtxgdYhyqKUZ9CWW206mSaKk1S3HhUb39NJQ9bU7&#10;W4RweB6Pbw+0+Nzsx+36aNJswyni7c20fgIRaAp/YfjFj+hQRqaTO7PxokOYpcuIHhCUip9iIFPZ&#10;AsQJ4T5ZKpBlIf9fKH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0zQ72bECAADuBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAwMfEh+AAAAAK&#10;AQAADwAAAAAAAAAAAAAAAAALBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABgGAAAA&#10;AA==&#10;" filled="f" strokecolor="#5b9bd5 [3204]">
                 <v:stroke joinstyle="round"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D130E2">
         <w:t>Dane z zagranicznego aktu stanu cywilnego</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="484D1818" w14:textId="2B6B4F5B" w:rsidR="00EB4BE4" w:rsidRPr="001207CD" w:rsidRDefault="00EB4BE4" w:rsidP="00EB4BE4">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:spacing w:after="240" w:line="300" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="0005615D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oświadczam, że ten akt nie został </w:t>
       </w:r>
@@ -1468,51 +1469,51 @@
       <w:r w:rsidR="00EA761D" w:rsidRPr="009D2DAF">
         <w:t>dzień</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00EA761D" w:rsidRPr="009D2DAF">
         <w:t>miesiąc</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00EA761D" w:rsidRPr="009D2DAF">
         <w:t>rok</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">]: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E209ED8" w14:textId="2C5206FC" w:rsidR="00F11322" w:rsidRPr="00D506B3" w:rsidRDefault="00FA0F27" w:rsidP="00FA0F27">
+    <w:p w14:paraId="5E209ED8" w14:textId="088B4EE2" w:rsidR="00F11322" w:rsidRPr="00D506B3" w:rsidRDefault="00FA0F27" w:rsidP="00FA0F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9638"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00D506B3">
         <w:t xml:space="preserve">bywatelstwo </w:t>
       </w:r>
       <w:r w:rsidR="00F11322" w:rsidRPr="00D506B3">
         <w:t xml:space="preserve">osoby zmarłej: </w:t>
       </w:r>
       <w:r w:rsidR="00D506B3">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
@@ -1523,336 +1524,177 @@
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00F11322" w:rsidRPr="00D506B3">
         <w:t>umer PESEL osoby zmarłej:</w:t>
       </w:r>
       <w:r w:rsidR="00D506B3">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D506B3">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51759A80" w14:textId="35CCF07F" w:rsidR="00EA761D" w:rsidRDefault="00044FC2" w:rsidP="00FA0F27">
-[...173 lines deleted...]
-    </w:p>
     <w:p w14:paraId="51759A89" w14:textId="77777777" w:rsidR="00013AB0" w:rsidRPr="00FB3A31" w:rsidRDefault="00013AB0" w:rsidP="00FB3A31">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB3A31">
         <w:t>Do wniosku załączam:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51759A8A" w14:textId="0F68CDC4" w:rsidR="00013AB0" w:rsidRDefault="00950737" w:rsidP="00950737">
+    <w:p w14:paraId="51759A8A" w14:textId="0F68CDC4" w:rsidR="00013AB0" w:rsidRDefault="00950737" w:rsidP="00EE7E46">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E38BC2" w14:textId="65758072" w:rsidR="00950737" w:rsidRDefault="00950737" w:rsidP="004155B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2B0C7F5F" w14:textId="197F3B00" w:rsidR="00EE7E46" w:rsidRDefault="00EE7E46" w:rsidP="004155B0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9072"/>
+        </w:tabs>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="51759A8C" w14:textId="3A2E5703" w:rsidR="00013AB0" w:rsidRPr="0005615D" w:rsidRDefault="00A74385" w:rsidP="00FB3A31">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r w:rsidRPr="0005615D">
         <w:t xml:space="preserve">Dokumenty </w:t>
       </w:r>
       <w:r w:rsidR="00E761BB" w:rsidRPr="0005615D">
         <w:t xml:space="preserve">odbiorę </w:t>
       </w:r>
       <w:r w:rsidRPr="0005615D">
         <w:t>w formie papierowej</w:t>
       </w:r>
       <w:r w:rsidR="00013AB0" w:rsidRPr="0005615D">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51759A8D" w14:textId="783509C4" w:rsidR="00013AB0" w:rsidRPr="001207CD" w:rsidRDefault="004E6E72" w:rsidP="00FF7E99">
+    <w:p w14:paraId="51759A8D" w14:textId="783509C4" w:rsidR="00013AB0" w:rsidRPr="001207CD" w:rsidRDefault="00513E74" w:rsidP="00FF7E99">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:spacing w:after="240" w:line="300" w:lineRule="auto"/>
-        <w:contextualSpacing/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="w siedzibie USC"/>
           <w:id w:val="-628321614"/>
           <w:lock w:val="sdtLocked"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00521689">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FF7E99" w:rsidRPr="001207CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00013AB0" w:rsidRPr="001207CD">
         <w:t xml:space="preserve">w siedzibie USC m.st. Warszawy, w której </w:t>
       </w:r>
       <w:r w:rsidR="00A74385">
         <w:t>został złożony</w:t>
       </w:r>
       <w:r w:rsidR="00A74385" w:rsidRPr="001207CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00013AB0" w:rsidRPr="001207CD">
         <w:t>wniosek</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51759A8E" w14:textId="21510D95" w:rsidR="00013AB0" w:rsidRDefault="004E6E72" w:rsidP="00997B18">
+    <w:p w14:paraId="51759A8E" w14:textId="21510D95" w:rsidR="00013AB0" w:rsidRDefault="00513E74" w:rsidP="00997B18">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="Pocztą"/>
           <w:id w:val="550881781"/>
           <w:lock w:val="sdtLocked"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -1895,88 +1737,87 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>podaj dane adresata: imię, nazwisko oraz adres]</w:t>
       </w:r>
       <w:r w:rsidR="009278D9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00997B18">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00997B18">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4009D34D" w14:textId="53FC00EC" w:rsidR="00997B18" w:rsidRPr="00997B18" w:rsidRDefault="00997B18" w:rsidP="004155B0">
+    <w:p w14:paraId="4009D34D" w14:textId="53FC00EC" w:rsidR="00997B18" w:rsidRPr="00997B18" w:rsidRDefault="00997B18" w:rsidP="00EE7E46">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:after="240" w:line="300" w:lineRule="auto"/>
-        <w:contextualSpacing/>
+        <w:spacing w:after="360" w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51759A90" w14:textId="13258362" w:rsidR="00DA17F6" w:rsidRDefault="00054845" w:rsidP="00FB3A31">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dokumenty odbiorę w </w:t>
       </w:r>
       <w:r w:rsidR="00DA17F6">
         <w:t>formie elektronicznej:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53267C80" w14:textId="4E9E6436" w:rsidR="00530AAA" w:rsidRDefault="004E6E72" w:rsidP="00A756B1">
+    <w:p w14:paraId="53267C80" w14:textId="4E9E6436" w:rsidR="00530AAA" w:rsidRDefault="00513E74" w:rsidP="00EE7E46">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:after="480" w:line="300" w:lineRule="auto"/>
+        <w:spacing w:after="600" w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="na adre do e-doręczeń (ADE)"/>
           <w:id w:val="1503242565"/>
           <w:lock w:val="sdtLocked"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00521689">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:szCs w:val="22"/>
@@ -2016,55 +1857,56 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A22DE5C" w14:textId="77777777" w:rsidR="00AF202B" w:rsidRDefault="00AF202B" w:rsidP="00AF202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B932B6" w14:textId="73057561" w:rsidR="00AF202B" w:rsidRDefault="00AF202B" w:rsidP="00D603CF">
+    <w:p w14:paraId="16B932B6" w14:textId="73057561" w:rsidR="00AF202B" w:rsidRDefault="00AF202B" w:rsidP="00EE7E46">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="899"/>
         </w:tabs>
+        <w:spacing w:after="720"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D2DAF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>podpis wnioskodawcy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> lub pełnomocnika</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51759A98" w14:textId="77777777" w:rsidR="00013AB0" w:rsidRPr="00015625" w:rsidRDefault="00013AB0" w:rsidP="000238F8">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:rPr>
@@ -2123,51 +1965,51 @@
       </w:r>
       <w:r w:rsidRPr="00D17B5B">
         <w:t>umer</w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00D17B5B">
         <w:t xml:space="preserve"> telefonu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B13407">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> aby Urząd m.st. Warszawy mógł przekazać mi istotne informacje o prowadzonym postępowaniu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAEC4BD" w14:textId="5AE49794" w:rsidR="005A7121" w:rsidRDefault="005A7121" w:rsidP="005A7121">
       <w:r>
         <w:t>Zgody udzielam na podstawie art. 6 ust. 1 lit a RODO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t>, który dotyczy przetwarzania danych osobowych na podstawie dobrowolnej zgody.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24BE429B" w14:textId="54E3569C" w:rsidR="005A7121" w:rsidRDefault="005A7121" w:rsidP="00CA5C92">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4395" w:firstLine="708"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="320DF3C6" w14:textId="36070DED" w:rsidR="005A7121" w:rsidRPr="00472CAB" w:rsidRDefault="005A7121" w:rsidP="00C47F10">
       <w:pPr>
@@ -2256,51 +2098,51 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
               <v:line w14:anchorId="7BDC37EC" id="Łącznik prosty 2" o:spid="_x0000_s1026" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="470.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDF1JG9ngEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfIPxC815JcJE0EyzkkSC9B&#10;GjTNBzDU0iLAF5aMJf99l7QtB22AAEUvFB87szuzq9XNZA3bAkbtXcebRc0ZOOl77TYdf/l1/+WK&#10;s5iE64XxDjq+g8hv1udnqzG0sPSDNz0gIxIX2zF0fEgptFUV5QBWxIUP4OhRebQi0RE3VY9iJHZr&#10;qmVdX1ajxz6glxAj3d7tH/m68CsFMv1QKkJipuNUWyorlvU1r9V6JdoNijBoeShD/EMVVmhHSWeq&#10;O5EEe0P9F5XVEn30Ki2kt5VXSksoGkhNU/+h5nkQAYoWMieG2ab4/2jl4/bWPSHZMIbYxvCEWcWk&#10;0OYv1cemYtZuNgumxCRdXlx/u/561XAmj2/VCRgwpu/gLcubjhvtsg7Riu1DTJSMQo8hdDilLru0&#10;M5CDjfsJiumeki0LukwF3BpkW0H9FFKCS03uIfGV6AxT2pgZWH8OPMRnKJSJmcHN5+AZUTJ7l2aw&#10;1c7jRwRpOpas9vFHB/a6swWvvt+VphRrqPVF4WFM82y9Pxf46Wda/wYAAP//AwBQSwMEFAAGAAgA&#10;AAAhANAG2cnaAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO9IfQdrkXoDh6pCJY2D&#10;EOqPWqgKlAdY4iWOiNdRbEL69jW9tJeRRrOa+Tab97YWHbW+cqxgMk5AEBdOV1wq2H89jx5A+ICs&#10;sXZMCr7Jwzy/GWSYanfhLXW7UIpYwj5FBSaEJpXSF4Ys+rFriGN2dK3FEG1bSt3iJZbbWt4lyVRa&#10;rDguGGxoaag47c5WwXLx9PLxRq94WuFss3o3XXlcfyp1O+wXjyAC9eHvGK74ER3yyHRwZ9Ze1Ari&#10;I+FXYza7n0xBHK5W5pn8j57/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMXUkb2eAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANAG2cna&#10;AAAAAgEAAA8AAAAAAAAAAAAAAAAA+AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#5b9bd5 [3204]" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:anchorlock/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F49B12" w14:textId="77777777" w:rsidR="001E14D5" w:rsidRDefault="001E14D5" w:rsidP="00D603CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:spacing w:before="960" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="4820"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2363,71 +2205,71 @@
       <w:r w:rsidRPr="009D2DAF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> wniosek</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46EA6369" w14:textId="77777777" w:rsidR="001E14D5" w:rsidRDefault="001E14D5" w:rsidP="0013574B"/>
     <w:sectPr w:rsidR="001E14D5" w:rsidSect="0029091C">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1021" w:right="1134" w:bottom="1021" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FB2BE63" w14:textId="77777777" w:rsidR="004E6E72" w:rsidRDefault="004E6E72" w:rsidP="001C77D9">
+    <w:p w14:paraId="7707C35B" w14:textId="77777777" w:rsidR="00513E74" w:rsidRDefault="00513E74" w:rsidP="001C77D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F8606E7" w14:textId="77777777" w:rsidR="004E6E72" w:rsidRDefault="004E6E72" w:rsidP="001C77D9">
+    <w:p w14:paraId="15F6BA27" w14:textId="77777777" w:rsidR="00513E74" w:rsidRDefault="00513E74" w:rsidP="001C77D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="17DF856E" w14:textId="77777777" w:rsidR="004E6E72" w:rsidRDefault="004E6E72">
+    <w:p w14:paraId="61C1243E" w14:textId="77777777" w:rsidR="00513E74" w:rsidRDefault="00513E74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2526,166 +2368,169 @@
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="3C6584F0" w14:textId="610DC25E" w:rsidR="009877E6" w:rsidRPr="009877E6" w:rsidRDefault="009877E6">
             <w:pPr>
               <w:pStyle w:val="Stopka"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="009877E6">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009877E6">
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r w:rsidRPr="009877E6">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B577A7">
+            <w:r w:rsidR="001D4175">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009877E6">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009877E6">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="009877E6">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009877E6">
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r w:rsidRPr="009877E6">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B577A7">
+            <w:r w:rsidR="001D4175">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009877E6">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3B83AA76" w14:textId="77777777" w:rsidR="009877E6" w:rsidRDefault="009877E6">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="53329FD6" w14:textId="101D935C" w:rsidR="00B723CA" w:rsidRDefault="00FB12BE">
+  <w:p w14:paraId="53329FD6" w14:textId="0A014150" w:rsidR="00B723CA" w:rsidRDefault="00FB12BE">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Wersja </w:t>
     </w:r>
-    <w:r w:rsidR="000F2561">
-      <w:t>1.0</w:t>
+    <w:r w:rsidR="00A071BE">
+      <w:t>2.0</w:t>
+    </w:r>
+    <w:r w:rsidR="00C514C5">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> z </w:t>
+      <w:t xml:space="preserve">z </w:t>
     </w:r>
-    <w:r w:rsidR="000F2561">
-      <w:t>15</w:t>
+    <w:r w:rsidR="00A071BE">
+      <w:t>23</w:t>
     </w:r>
     <w:r w:rsidR="004D6959">
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00C406C7">
       <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:t>.202</w:t>
     </w:r>
     <w:r w:rsidR="00C406C7">
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> r.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50F61B8A" w14:textId="77777777" w:rsidR="004E6E72" w:rsidRDefault="004E6E72" w:rsidP="001C77D9">
+    <w:p w14:paraId="183AC414" w14:textId="77777777" w:rsidR="00513E74" w:rsidRDefault="00513E74" w:rsidP="001C77D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57FEE6DA" w14:textId="77777777" w:rsidR="004E6E72" w:rsidRDefault="004E6E72" w:rsidP="001C77D9">
+    <w:p w14:paraId="6A460B80" w14:textId="77777777" w:rsidR="00513E74" w:rsidRDefault="00513E74" w:rsidP="001C77D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="20932BEC" w14:textId="77777777" w:rsidR="004E6E72" w:rsidRDefault="004E6E72">
+    <w:p w14:paraId="18F821FF" w14:textId="77777777" w:rsidR="00513E74" w:rsidRDefault="00513E74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="7C7AC235" w14:textId="77777777" w:rsidR="00B14150" w:rsidRPr="00866BDD" w:rsidRDefault="00B14150" w:rsidP="00B14150">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2772,94 +2617,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">musi </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA17F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dołączyć oryginał pełnomocnictwa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="3B78F32E" w14:textId="56481AF2" w:rsidR="00E97B5D" w:rsidRDefault="00E97B5D">
-[...42 lines deleted...]
-  <w:footnote w:id="5">
     <w:p w14:paraId="2ED81D33" w14:textId="77777777" w:rsidR="005A7121" w:rsidRDefault="005A7121" w:rsidP="005A7121">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00134F91">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu tych danych oraz uchylenia dyrektywy 95/46/WE.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
@@ -3643,51 +3444,50 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A618C7"/>
     <w:rsid w:val="000001BE"/>
     <w:rsid w:val="00007FC9"/>
@@ -3704,303 +3504,316 @@
     <w:rsid w:val="00066BE0"/>
     <w:rsid w:val="00087204"/>
     <w:rsid w:val="000965AD"/>
     <w:rsid w:val="000C3D11"/>
     <w:rsid w:val="000C56AA"/>
     <w:rsid w:val="000F24FE"/>
     <w:rsid w:val="000F2561"/>
     <w:rsid w:val="000F270D"/>
     <w:rsid w:val="000F792F"/>
     <w:rsid w:val="00116323"/>
     <w:rsid w:val="00116C8A"/>
     <w:rsid w:val="0013574B"/>
     <w:rsid w:val="0013641B"/>
     <w:rsid w:val="00157E7A"/>
     <w:rsid w:val="00162024"/>
     <w:rsid w:val="0016434A"/>
     <w:rsid w:val="00171C5C"/>
     <w:rsid w:val="00171F1B"/>
     <w:rsid w:val="0017356A"/>
     <w:rsid w:val="00186CD5"/>
     <w:rsid w:val="001A6662"/>
     <w:rsid w:val="001B56EE"/>
     <w:rsid w:val="001B782A"/>
     <w:rsid w:val="001C77D9"/>
     <w:rsid w:val="001D1D33"/>
+    <w:rsid w:val="001D4175"/>
     <w:rsid w:val="001E14D5"/>
     <w:rsid w:val="001E2A6D"/>
     <w:rsid w:val="001E2DBF"/>
     <w:rsid w:val="001F4101"/>
     <w:rsid w:val="001F6C77"/>
     <w:rsid w:val="00201E52"/>
+    <w:rsid w:val="002160D9"/>
     <w:rsid w:val="002213F3"/>
     <w:rsid w:val="00227F07"/>
     <w:rsid w:val="00230355"/>
     <w:rsid w:val="002305A3"/>
     <w:rsid w:val="0025076D"/>
     <w:rsid w:val="0025637E"/>
     <w:rsid w:val="00284CCF"/>
     <w:rsid w:val="0029091C"/>
     <w:rsid w:val="002A70E6"/>
     <w:rsid w:val="002D25E9"/>
     <w:rsid w:val="002E4643"/>
     <w:rsid w:val="002F726D"/>
     <w:rsid w:val="003165B5"/>
     <w:rsid w:val="00321C94"/>
+    <w:rsid w:val="00324CC2"/>
     <w:rsid w:val="00330C0D"/>
     <w:rsid w:val="00362BB6"/>
     <w:rsid w:val="003708F2"/>
     <w:rsid w:val="0037721D"/>
     <w:rsid w:val="003830BF"/>
     <w:rsid w:val="00390523"/>
     <w:rsid w:val="003A28B6"/>
     <w:rsid w:val="003B5C23"/>
     <w:rsid w:val="003C358D"/>
     <w:rsid w:val="00405F90"/>
     <w:rsid w:val="00406641"/>
     <w:rsid w:val="00410698"/>
     <w:rsid w:val="00413B9E"/>
     <w:rsid w:val="004155B0"/>
     <w:rsid w:val="00427BD5"/>
     <w:rsid w:val="00451BBF"/>
     <w:rsid w:val="00461A7A"/>
     <w:rsid w:val="00462A7F"/>
     <w:rsid w:val="004B66B7"/>
     <w:rsid w:val="004B7473"/>
     <w:rsid w:val="004D05CA"/>
     <w:rsid w:val="004D6959"/>
+    <w:rsid w:val="004E1ECB"/>
     <w:rsid w:val="004E294F"/>
-    <w:rsid w:val="004E6E72"/>
     <w:rsid w:val="004F1003"/>
     <w:rsid w:val="004F1F8B"/>
+    <w:rsid w:val="00513E74"/>
     <w:rsid w:val="00516F26"/>
     <w:rsid w:val="00521689"/>
     <w:rsid w:val="0052707A"/>
     <w:rsid w:val="00530AAA"/>
     <w:rsid w:val="00535E80"/>
     <w:rsid w:val="005412A8"/>
     <w:rsid w:val="00577D5E"/>
     <w:rsid w:val="00583EBE"/>
     <w:rsid w:val="00591030"/>
     <w:rsid w:val="0059389B"/>
     <w:rsid w:val="0059391B"/>
     <w:rsid w:val="00595D83"/>
     <w:rsid w:val="005A69FC"/>
     <w:rsid w:val="005A7121"/>
     <w:rsid w:val="005D02CE"/>
     <w:rsid w:val="005D1737"/>
     <w:rsid w:val="005D4AEA"/>
     <w:rsid w:val="005D77BB"/>
     <w:rsid w:val="005E26CC"/>
     <w:rsid w:val="005F3808"/>
     <w:rsid w:val="00600269"/>
     <w:rsid w:val="00600C31"/>
     <w:rsid w:val="00617435"/>
     <w:rsid w:val="00627102"/>
     <w:rsid w:val="0063690D"/>
     <w:rsid w:val="00636BDB"/>
     <w:rsid w:val="0066007E"/>
     <w:rsid w:val="00662E48"/>
     <w:rsid w:val="00664CB7"/>
     <w:rsid w:val="006748F3"/>
     <w:rsid w:val="00695340"/>
     <w:rsid w:val="00696CA9"/>
     <w:rsid w:val="006A323D"/>
     <w:rsid w:val="006B3677"/>
     <w:rsid w:val="006B4683"/>
     <w:rsid w:val="006D3D6C"/>
     <w:rsid w:val="006D7B88"/>
     <w:rsid w:val="006E1498"/>
     <w:rsid w:val="006F4638"/>
     <w:rsid w:val="0071583D"/>
+    <w:rsid w:val="00726FA1"/>
     <w:rsid w:val="007341D2"/>
     <w:rsid w:val="007402EC"/>
     <w:rsid w:val="00747DD8"/>
     <w:rsid w:val="00764D03"/>
     <w:rsid w:val="007817A4"/>
+    <w:rsid w:val="0079083B"/>
     <w:rsid w:val="007919B7"/>
     <w:rsid w:val="007945B1"/>
     <w:rsid w:val="00797F9B"/>
     <w:rsid w:val="007A25AE"/>
     <w:rsid w:val="007A26BE"/>
     <w:rsid w:val="007A60AA"/>
     <w:rsid w:val="007B7A00"/>
     <w:rsid w:val="007C1465"/>
     <w:rsid w:val="007C788D"/>
     <w:rsid w:val="007E267A"/>
     <w:rsid w:val="007E597A"/>
     <w:rsid w:val="007F0E74"/>
     <w:rsid w:val="007F37A2"/>
     <w:rsid w:val="007F6189"/>
     <w:rsid w:val="00816B2E"/>
     <w:rsid w:val="00822863"/>
     <w:rsid w:val="0083308B"/>
     <w:rsid w:val="00834FC7"/>
     <w:rsid w:val="00840F4B"/>
     <w:rsid w:val="00846FC9"/>
     <w:rsid w:val="00862117"/>
     <w:rsid w:val="008675DC"/>
     <w:rsid w:val="0088281A"/>
     <w:rsid w:val="008846F3"/>
     <w:rsid w:val="008850EA"/>
     <w:rsid w:val="00886013"/>
     <w:rsid w:val="00896E42"/>
     <w:rsid w:val="00896F7C"/>
     <w:rsid w:val="008A5974"/>
     <w:rsid w:val="008A76A5"/>
     <w:rsid w:val="008B74BE"/>
     <w:rsid w:val="008D6844"/>
     <w:rsid w:val="008E51F9"/>
     <w:rsid w:val="008E622F"/>
     <w:rsid w:val="00906E8C"/>
     <w:rsid w:val="009101EB"/>
     <w:rsid w:val="009224A0"/>
     <w:rsid w:val="009243B5"/>
     <w:rsid w:val="009278D9"/>
     <w:rsid w:val="00944112"/>
     <w:rsid w:val="00947669"/>
     <w:rsid w:val="00950737"/>
     <w:rsid w:val="00956E44"/>
     <w:rsid w:val="009600EF"/>
     <w:rsid w:val="009603D7"/>
     <w:rsid w:val="00960527"/>
     <w:rsid w:val="00963589"/>
+    <w:rsid w:val="00964897"/>
     <w:rsid w:val="009778D1"/>
+    <w:rsid w:val="0098738A"/>
     <w:rsid w:val="009877E6"/>
     <w:rsid w:val="0099167B"/>
     <w:rsid w:val="0099350D"/>
     <w:rsid w:val="00995295"/>
     <w:rsid w:val="00997B18"/>
     <w:rsid w:val="009B1BD3"/>
     <w:rsid w:val="009B26B7"/>
     <w:rsid w:val="009B3714"/>
     <w:rsid w:val="009D0C8F"/>
     <w:rsid w:val="009D3292"/>
     <w:rsid w:val="009D44AE"/>
     <w:rsid w:val="009F1B31"/>
     <w:rsid w:val="009F5259"/>
     <w:rsid w:val="00A00E7C"/>
     <w:rsid w:val="00A010E5"/>
+    <w:rsid w:val="00A071BE"/>
     <w:rsid w:val="00A2517A"/>
     <w:rsid w:val="00A265DB"/>
     <w:rsid w:val="00A408EB"/>
     <w:rsid w:val="00A4235A"/>
     <w:rsid w:val="00A450D4"/>
     <w:rsid w:val="00A524BB"/>
     <w:rsid w:val="00A5746E"/>
     <w:rsid w:val="00A60ACA"/>
     <w:rsid w:val="00A618C7"/>
     <w:rsid w:val="00A65BD8"/>
     <w:rsid w:val="00A74385"/>
     <w:rsid w:val="00A756B1"/>
     <w:rsid w:val="00A81DB9"/>
     <w:rsid w:val="00A954F7"/>
     <w:rsid w:val="00A95ED0"/>
     <w:rsid w:val="00AC7BB0"/>
     <w:rsid w:val="00AD73A8"/>
     <w:rsid w:val="00AF202B"/>
+    <w:rsid w:val="00AF5E74"/>
     <w:rsid w:val="00B118A3"/>
     <w:rsid w:val="00B14150"/>
     <w:rsid w:val="00B14785"/>
     <w:rsid w:val="00B209BC"/>
     <w:rsid w:val="00B21240"/>
     <w:rsid w:val="00B304AE"/>
-    <w:rsid w:val="00B577A7"/>
     <w:rsid w:val="00B723CA"/>
     <w:rsid w:val="00B84D30"/>
     <w:rsid w:val="00B85B16"/>
     <w:rsid w:val="00BA047D"/>
     <w:rsid w:val="00BA1CE9"/>
     <w:rsid w:val="00BA3BE6"/>
     <w:rsid w:val="00BA609C"/>
+    <w:rsid w:val="00BC0791"/>
     <w:rsid w:val="00BC3974"/>
     <w:rsid w:val="00BC68DF"/>
     <w:rsid w:val="00BE3860"/>
     <w:rsid w:val="00BF75FE"/>
     <w:rsid w:val="00C1117B"/>
     <w:rsid w:val="00C12107"/>
     <w:rsid w:val="00C20C75"/>
     <w:rsid w:val="00C23042"/>
     <w:rsid w:val="00C406C7"/>
     <w:rsid w:val="00C4178B"/>
+    <w:rsid w:val="00C425A3"/>
     <w:rsid w:val="00C47F10"/>
+    <w:rsid w:val="00C514C5"/>
+    <w:rsid w:val="00C55CF6"/>
     <w:rsid w:val="00C60A6E"/>
     <w:rsid w:val="00C72F3C"/>
     <w:rsid w:val="00C82E0A"/>
     <w:rsid w:val="00C96F37"/>
     <w:rsid w:val="00CA29DE"/>
     <w:rsid w:val="00CA3B0E"/>
     <w:rsid w:val="00CA4C21"/>
     <w:rsid w:val="00CA5C92"/>
     <w:rsid w:val="00CB11D3"/>
     <w:rsid w:val="00CC57A4"/>
     <w:rsid w:val="00CC7AA9"/>
     <w:rsid w:val="00CD31BE"/>
     <w:rsid w:val="00CE0391"/>
     <w:rsid w:val="00CE1C7A"/>
     <w:rsid w:val="00CF12E1"/>
     <w:rsid w:val="00CF3C28"/>
     <w:rsid w:val="00D10114"/>
     <w:rsid w:val="00D11FE6"/>
     <w:rsid w:val="00D130E2"/>
     <w:rsid w:val="00D166FD"/>
     <w:rsid w:val="00D506B3"/>
     <w:rsid w:val="00D603CF"/>
     <w:rsid w:val="00D64C4F"/>
     <w:rsid w:val="00D70074"/>
     <w:rsid w:val="00D825CC"/>
     <w:rsid w:val="00D90AA5"/>
     <w:rsid w:val="00DA17F6"/>
     <w:rsid w:val="00DA5045"/>
     <w:rsid w:val="00DA68EC"/>
     <w:rsid w:val="00DB088E"/>
     <w:rsid w:val="00DD2C7B"/>
     <w:rsid w:val="00DE4C47"/>
     <w:rsid w:val="00DE6339"/>
     <w:rsid w:val="00DE6DE0"/>
     <w:rsid w:val="00DE7530"/>
     <w:rsid w:val="00DF339A"/>
     <w:rsid w:val="00E05E05"/>
     <w:rsid w:val="00E14CA0"/>
     <w:rsid w:val="00E14DA6"/>
     <w:rsid w:val="00E52A6A"/>
     <w:rsid w:val="00E611F6"/>
     <w:rsid w:val="00E613AC"/>
     <w:rsid w:val="00E761BB"/>
     <w:rsid w:val="00E97396"/>
     <w:rsid w:val="00E97B5D"/>
     <w:rsid w:val="00EA6837"/>
     <w:rsid w:val="00EA761D"/>
-    <w:rsid w:val="00EB08A5"/>
     <w:rsid w:val="00EB4BE4"/>
     <w:rsid w:val="00EB6764"/>
     <w:rsid w:val="00EC07EC"/>
     <w:rsid w:val="00EC5E7E"/>
     <w:rsid w:val="00ED2914"/>
     <w:rsid w:val="00ED469B"/>
     <w:rsid w:val="00ED7376"/>
     <w:rsid w:val="00EE6AB0"/>
+    <w:rsid w:val="00EE7E46"/>
     <w:rsid w:val="00EF0FB0"/>
     <w:rsid w:val="00EF4586"/>
     <w:rsid w:val="00F0004D"/>
     <w:rsid w:val="00F11322"/>
     <w:rsid w:val="00F12141"/>
     <w:rsid w:val="00F253F1"/>
     <w:rsid w:val="00F41776"/>
     <w:rsid w:val="00F46C7D"/>
     <w:rsid w:val="00F504C6"/>
     <w:rsid w:val="00F53703"/>
     <w:rsid w:val="00F53999"/>
     <w:rsid w:val="00FA0F27"/>
     <w:rsid w:val="00FA4729"/>
     <w:rsid w:val="00FA75C0"/>
     <w:rsid w:val="00FB12BE"/>
     <w:rsid w:val="00FB3A31"/>
     <w:rsid w:val="00FC3F09"/>
     <w:rsid w:val="00FC5EE0"/>
     <w:rsid w:val="00FC76B9"/>
     <w:rsid w:val="00FE2F2A"/>
     <w:rsid w:val="00FE5864"/>
     <w:rsid w:val="00FE638B"/>
     <w:rsid w:val="00FF07EA"/>
     <w:rsid w:val="00FF2B3F"/>
     <w:rsid w:val="00FF7E99"/>
@@ -5179,140 +4992,209 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...17 lines deleted...]
-    <xsd:import namespace="c09b7c13-436e-4c7d-99dd-9a94d28a4912"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101000DC5B12C3635A64F8C8F1F27BDAF7A13" ma:contentTypeVersion="21" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="f658271bec8bcffc585ed636d85a0222">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a76367e0-8fac-413a-8694-6f435ae6d372" xmlns:ns3="7148c80e-3b8a-452c-89f1-51b111b34f15" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ff103263b5cb6153685bf08946c5b85c" ns2:_="" ns3:_="">
+    <xsd:import namespace="a76367e0-8fac-413a-8694-6f435ae6d372"/>
+    <xsd:import namespace="7148c80e-3b8a-452c-89f1-51b111b34f15"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2680cdd4-48f3-454d-9b65-ffd1076fcc78" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a76367e0-8fac-413a-8694-6f435ae6d372" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="23b0274c-d3f5-4e1f-9cd8-bcb4f6f36670" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="26" nillable="true" ma:displayName="Stan zatwierdzenia" ma:internalName="Stan_x0020_zatwierdzenia">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7148c80e-3b8a-452c-89f1-51b111b34f15" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...21 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1fb7cebb-d43e-4cc9-b4cc-80af4e29dbe1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7148c80e-3b8a-452c-89f1-51b111b34f15">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -5370,134 +5252,170 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a76367e0-8fac-413a-8694-6f435ae6d372">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7148c80e-3b8a-452c-89f1-51b111b34f15" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="a76367e0-8fac-413a-8694-6f435ae6d372" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9100AAB1-D646-4E2B-B23E-B4A663A7CF82}">
-[...16 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E60452F5-07DB-4F19-9CA5-DBF79F742262}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11DE6BEF-72D7-4E83-8D7E-CBA69868E40E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="2680cdd4-48f3-454d-9b65-ffd1076fcc78"/>
-    <ds:schemaRef ds:uri="c09b7c13-436e-4c7d-99dd-9a94d28a4912"/>
+    <ds:schemaRef ds:uri="a76367e0-8fac-413a-8694-6f435ae6d372"/>
+    <ds:schemaRef ds:uri="7148c80e-3b8a-452c-89f1-51b111b34f15"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9100AAB1-D646-4E2B-B23E-B4A663A7CF82}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A02617A1-77DA-4C2C-813C-32C734073A40}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a76367e0-8fac-413a-8694-6f435ae6d372"/>
+    <ds:schemaRef ds:uri="7148c80e-3b8a-452c-89f1-51b111b34f15"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB9364DC-E55C-4B27-B752-FDAB06C1A1DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D890AE9-455B-4762-8E72-4B2B7452D6EE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>368</Words>
-  <Characters>2214</Characters>
+  <Words>354</Words>
+  <Characters>2127</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Nagłówki</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Wniosek o transkrypcję aktu zgonu</vt:lpstr>
+      <vt:lpstr>Wniosek o transkrypcję aktu zgonu</vt:lpstr>
+      <vt:lpstr>    Dane</vt:lpstr>
+      <vt:lpstr>    /Dane z zagranicznego aktu stanu cywilnego</vt:lpstr>
+      <vt:lpstr>    Do wniosku załączam:</vt:lpstr>
+      <vt:lpstr>    Dokumenty odbiorę w formie papierowej:</vt:lpstr>
+      <vt:lpstr>    Dokumenty odbiorę w formie elektronicznej:</vt:lpstr>
+      <vt:lpstr>        Oświadczenie o zgodzie na przetwarzanie danych osobowych</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMSTW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2577</CharactersWithSpaces>
+  <CharactersWithSpaces>2477</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wniosek o transkrypcję aktu zgonu</dc:title>
   <dc:subject/>
   <dc:creator>Barańska Małgorzata (USC)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010050648B47CC3C3345948F3F5223A5CAE1</vt:lpwstr>
+    <vt:lpwstr>0x0101000DC5B12C3635A64F8C8F1F27BDAF7A13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>